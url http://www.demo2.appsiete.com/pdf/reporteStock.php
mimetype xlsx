--- v0 (2025-12-12)
+++ v1 (2025-12-12)
@@ -62,114 +62,114 @@
   <si>
     <t>P. VENTA UNITARIO S/</t>
   </si>
   <si>
     <t>P. COMPRA S/</t>
   </si>
   <si>
     <t>UTILIDAD S/</t>
   </si>
   <si>
     <t>VENCIMIENTO</t>
   </si>
   <si>
     <t>TIPO</t>
   </si>
   <si>
     <t>STOCK</t>
   </si>
   <si>
     <t>STOCK VALORIZADO</t>
   </si>
   <si>
     <t>UBICACION</t>
   </si>
   <si>
+    <t>CEMENTO APU X42.5</t>
+  </si>
+  <si>
+    <t>Unidad</t>
+  </si>
+  <si>
+    <t>AFECTO</t>
+  </si>
+  <si>
+    <t>Generico</t>
+  </si>
+  <si>
+    <t>AGOTADO</t>
+  </si>
+  <si>
+    <t>TIENDA PRINCIPAL (AV. DIRECCION N° 123 ABANCAY - APURIMAC)</t>
+  </si>
+  <si>
+    <t>CAJA CHINA X300 GR</t>
+  </si>
+  <si>
+    <t>GASEOSA COCACOLA 1LT</t>
+  </si>
+  <si>
+    <t>CHANCHO AL CILIDRO</t>
+  </si>
+  <si>
+    <t>CALDO DE GALLINA</t>
+  </si>
+  <si>
+    <t>MANGUERA DE RIEGO  2"</t>
+  </si>
+  <si>
+    <t>SERVICIO DE REPARACION DE COMPUTADORAS</t>
+  </si>
+  <si>
+    <t>MANGUERA 1"</t>
+  </si>
+  <si>
+    <t>LAPTOP HP I3 15.5", 8GB RAM, 512 SSD</t>
+  </si>
+  <si>
+    <t>ACERO DE CONSTRUCCIÓN  3/8</t>
+  </si>
+  <si>
+    <t>MOUSE 3KT LOGITEC INALAMBRICO</t>
+  </si>
+  <si>
+    <t>ACERO DE CONSTRUCCION 1"</t>
+  </si>
+  <si>
+    <t>DOLAMINE</t>
+  </si>
+  <si>
+    <t>PARACETAMOL 1MG</t>
+  </si>
+  <si>
     <t>CAÑO DOBLE JARDIN</t>
   </si>
   <si>
-    <t>Unidad</t>
-[...14 lines deleted...]
-    <t>CHANCHO AL CILIDRO</t>
+    <t>SERVICIO DE RECARGA</t>
   </si>
   <si>
     <t>CEMENTO SOL X42.5</t>
-  </si>
-[...40 lines deleted...]
-    <t>GASEOSA COCACOLA 1LT</t>
   </si>
   <si>
     <t>VAPORUB LATA X 12G</t>
   </si>
   <si>
     <t>CARNE DE POLLO X1KG</t>
   </si>
   <si>
     <t>ALCOHOL 70 X1LT</t>
   </si>
   <si>
     <t>CERVEZA PILSEN X620</t>
   </si>
   <si>
     <t>TOMATE X1K</t>
   </si>
   <si>
     <t>EXONERADO</t>
   </si>
   <si>
     <t>PARACETAMOL X 500MG</t>
   </si>
 </sst>
 </file>
 
@@ -681,671 +681,671 @@
       </c>
       <c r="N2" s="4" t="s">
         <v>14</v>
       </c>
       <c r="O2" s="4" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="5">
         <v>1</v>
       </c>
       <c r="B3" s="5" t="s">
         <v>16</v>
       </c>
       <c r="C3" s="5"/>
       <c r="D3" s="5"/>
       <c r="E3" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F3" s="5" t="s">
         <v>18</v>
       </c>
       <c r="G3" s="6"/>
       <c r="H3" s="6">
-        <v>45</v>
+        <v>27.5</v>
       </c>
       <c r="I3" s="6">
         <v>0</v>
       </c>
       <c r="J3" s="6">
-        <v>45</v>
+        <v>27.5</v>
       </c>
       <c r="K3" s="5"/>
       <c r="L3" s="5" t="s">
         <v>19</v>
       </c>
       <c r="M3" s="7" t="s">
         <v>20</v>
       </c>
       <c r="N3" s="6">
         <v>0</v>
       </c>
       <c r="O3" s="5" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="5">
         <v>2</v>
       </c>
       <c r="B4" s="5" t="s">
         <v>22</v>
       </c>
       <c r="C4" s="5"/>
       <c r="D4" s="5"/>
       <c r="E4" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F4" s="5" t="s">
         <v>18</v>
       </c>
       <c r="G4" s="6"/>
       <c r="H4" s="6">
-        <v>25</v>
-[...2 lines deleted...]
-      <c r="J4" s="6"/>
+        <v>65</v>
+      </c>
+      <c r="I4" s="6">
+        <v>0</v>
+      </c>
+      <c r="J4" s="6">
+        <v>65</v>
+      </c>
       <c r="K4" s="5"/>
       <c r="L4" s="5" t="s">
         <v>19</v>
       </c>
       <c r="M4" s="7" t="s">
         <v>20</v>
       </c>
       <c r="N4" s="6">
         <v>0</v>
       </c>
       <c r="O4" s="5" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="5">
         <v>3</v>
       </c>
       <c r="B5" s="5" t="s">
         <v>23</v>
       </c>
       <c r="C5" s="5"/>
       <c r="D5" s="5"/>
       <c r="E5" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F5" s="5" t="s">
         <v>18</v>
       </c>
       <c r="G5" s="6"/>
       <c r="H5" s="6">
-        <v>26</v>
+        <v>10</v>
       </c>
       <c r="I5" s="6">
         <v>0</v>
       </c>
       <c r="J5" s="6">
-        <v>26</v>
+        <v>10</v>
       </c>
       <c r="K5" s="5"/>
       <c r="L5" s="5" t="s">
         <v>19</v>
       </c>
       <c r="M5" s="7" t="s">
         <v>20</v>
       </c>
       <c r="N5" s="6">
         <v>0</v>
       </c>
       <c r="O5" s="5" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="5">
         <v>4</v>
       </c>
       <c r="B6" s="5" t="s">
         <v>24</v>
       </c>
       <c r="C6" s="5"/>
       <c r="D6" s="5"/>
       <c r="E6" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F6" s="5" t="s">
         <v>18</v>
       </c>
       <c r="G6" s="6"/>
       <c r="H6" s="6">
-        <v>15</v>
+        <v>25</v>
       </c>
       <c r="I6" s="6"/>
       <c r="J6" s="6"/>
       <c r="K6" s="5"/>
       <c r="L6" s="5" t="s">
         <v>19</v>
       </c>
       <c r="M6" s="7" t="s">
         <v>20</v>
       </c>
       <c r="N6" s="6">
         <v>0</v>
       </c>
       <c r="O6" s="5" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="5">
         <v>5</v>
       </c>
       <c r="B7" s="5" t="s">
         <v>25</v>
       </c>
       <c r="C7" s="5"/>
       <c r="D7" s="5"/>
       <c r="E7" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F7" s="5" t="s">
         <v>18</v>
       </c>
       <c r="G7" s="6"/>
       <c r="H7" s="6">
-        <v>27.5</v>
-[...6 lines deleted...]
-      </c>
+        <v>15</v>
+      </c>
+      <c r="I7" s="6"/>
+      <c r="J7" s="6"/>
       <c r="K7" s="5"/>
       <c r="L7" s="5" t="s">
         <v>19</v>
       </c>
       <c r="M7" s="7" t="s">
         <v>20</v>
       </c>
       <c r="N7" s="6">
         <v>0</v>
       </c>
       <c r="O7" s="5" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="5">
         <v>6</v>
       </c>
       <c r="B8" s="5" t="s">
         <v>26</v>
       </c>
       <c r="C8" s="5"/>
       <c r="D8" s="5"/>
       <c r="E8" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F8" s="5" t="s">
         <v>18</v>
       </c>
       <c r="G8" s="6"/>
       <c r="H8" s="6">
-        <v>60</v>
+        <v>45</v>
       </c>
       <c r="I8" s="6">
         <v>0</v>
       </c>
       <c r="J8" s="6">
-        <v>60</v>
+        <v>45</v>
       </c>
       <c r="K8" s="5"/>
       <c r="L8" s="5" t="s">
         <v>19</v>
       </c>
       <c r="M8" s="7" t="s">
         <v>20</v>
       </c>
       <c r="N8" s="6">
         <v>0</v>
       </c>
       <c r="O8" s="5" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="5">
         <v>7</v>
       </c>
       <c r="B9" s="5" t="s">
         <v>27</v>
       </c>
       <c r="C9" s="5"/>
       <c r="D9" s="5"/>
       <c r="E9" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F9" s="5" t="s">
         <v>18</v>
       </c>
       <c r="G9" s="6"/>
       <c r="H9" s="6">
-        <v>2000</v>
+        <v>60</v>
       </c>
       <c r="I9" s="6">
         <v>0</v>
       </c>
       <c r="J9" s="6">
-        <v>2000</v>
+        <v>60</v>
       </c>
       <c r="K9" s="5"/>
       <c r="L9" s="5" t="s">
         <v>19</v>
       </c>
       <c r="M9" s="7" t="s">
         <v>20</v>
       </c>
       <c r="N9" s="6">
         <v>0</v>
       </c>
       <c r="O9" s="5" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="5">
         <v>8</v>
       </c>
       <c r="B10" s="5" t="s">
         <v>28</v>
       </c>
       <c r="C10" s="5"/>
       <c r="D10" s="5"/>
       <c r="E10" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F10" s="5" t="s">
         <v>18</v>
       </c>
       <c r="G10" s="6"/>
       <c r="H10" s="6">
-        <v>50</v>
+        <v>2.5</v>
       </c>
       <c r="I10" s="6">
         <v>0</v>
       </c>
       <c r="J10" s="6">
-        <v>50</v>
+        <v>2.5</v>
       </c>
       <c r="K10" s="5"/>
       <c r="L10" s="5" t="s">
         <v>19</v>
       </c>
       <c r="M10" s="7" t="s">
         <v>20</v>
       </c>
       <c r="N10" s="6">
         <v>0</v>
       </c>
       <c r="O10" s="5" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="5">
         <v>9</v>
       </c>
       <c r="B11" s="5" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="5"/>
       <c r="D11" s="5"/>
       <c r="E11" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F11" s="5" t="s">
         <v>18</v>
       </c>
       <c r="G11" s="6"/>
       <c r="H11" s="6">
-        <v>1</v>
+        <v>2000</v>
       </c>
       <c r="I11" s="6">
         <v>0</v>
       </c>
       <c r="J11" s="6">
-        <v>1</v>
+        <v>2000</v>
       </c>
       <c r="K11" s="5"/>
       <c r="L11" s="5" t="s">
         <v>19</v>
       </c>
       <c r="M11" s="7" t="s">
         <v>20</v>
       </c>
       <c r="N11" s="6">
         <v>0</v>
       </c>
       <c r="O11" s="5" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="5">
         <v>10</v>
       </c>
       <c r="B12" s="5" t="s">
         <v>30</v>
       </c>
       <c r="C12" s="5"/>
       <c r="D12" s="5"/>
       <c r="E12" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F12" s="5" t="s">
         <v>18</v>
       </c>
       <c r="G12" s="6"/>
       <c r="H12" s="6">
-        <v>1.5</v>
+        <v>60</v>
       </c>
       <c r="I12" s="6">
         <v>0</v>
       </c>
       <c r="J12" s="6">
-        <v>1.5</v>
+        <v>60</v>
       </c>
       <c r="K12" s="5"/>
       <c r="L12" s="5" t="s">
         <v>19</v>
       </c>
       <c r="M12" s="7" t="s">
         <v>20</v>
       </c>
       <c r="N12" s="6">
         <v>0</v>
       </c>
       <c r="O12" s="5" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="5">
         <v>11</v>
       </c>
       <c r="B13" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C13" s="5"/>
       <c r="D13" s="5"/>
       <c r="E13" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F13" s="5" t="s">
         <v>18</v>
       </c>
       <c r="G13" s="6"/>
       <c r="H13" s="6">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="I13" s="6">
         <v>0</v>
       </c>
       <c r="J13" s="6">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="K13" s="5"/>
       <c r="L13" s="5" t="s">
         <v>19</v>
       </c>
       <c r="M13" s="7" t="s">
         <v>20</v>
       </c>
       <c r="N13" s="6">
         <v>0</v>
       </c>
       <c r="O13" s="5" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="5">
         <v>12</v>
       </c>
       <c r="B14" s="5" t="s">
         <v>32</v>
       </c>
       <c r="C14" s="5"/>
       <c r="D14" s="5"/>
       <c r="E14" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F14" s="5" t="s">
         <v>18</v>
       </c>
       <c r="G14" s="6"/>
       <c r="H14" s="6">
-        <v>1</v>
+        <v>75</v>
       </c>
       <c r="I14" s="6">
         <v>0</v>
       </c>
-      <c r="J14" s="6"/>
+      <c r="J14" s="6">
+        <v>75</v>
+      </c>
       <c r="K14" s="5"/>
       <c r="L14" s="5" t="s">
         <v>19</v>
       </c>
       <c r="M14" s="7" t="s">
         <v>20</v>
       </c>
       <c r="N14" s="6">
         <v>0</v>
       </c>
       <c r="O14" s="5" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="5">
         <v>13</v>
       </c>
       <c r="B15" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C15" s="5"/>
       <c r="D15" s="5"/>
       <c r="E15" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F15" s="5" t="s">
         <v>18</v>
       </c>
       <c r="G15" s="6"/>
       <c r="H15" s="6">
-        <v>2.5</v>
+        <v>1</v>
       </c>
       <c r="I15" s="6">
         <v>0</v>
       </c>
       <c r="J15" s="6">
-        <v>2.5</v>
+        <v>1</v>
       </c>
       <c r="K15" s="5"/>
       <c r="L15" s="5" t="s">
         <v>19</v>
       </c>
       <c r="M15" s="7" t="s">
         <v>20</v>
       </c>
       <c r="N15" s="6">
         <v>0</v>
       </c>
       <c r="O15" s="5" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="16" spans="1:15">
       <c r="A16" s="5">
         <v>14</v>
       </c>
       <c r="B16" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C16" s="5"/>
       <c r="D16" s="5"/>
       <c r="E16" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F16" s="5" t="s">
         <v>18</v>
       </c>
       <c r="G16" s="6"/>
       <c r="H16" s="6">
-        <v>60</v>
+        <v>1.5</v>
       </c>
       <c r="I16" s="6">
         <v>0</v>
       </c>
       <c r="J16" s="6">
-        <v>60</v>
+        <v>1.5</v>
       </c>
       <c r="K16" s="5"/>
       <c r="L16" s="5" t="s">
         <v>19</v>
       </c>
       <c r="M16" s="7" t="s">
         <v>20</v>
       </c>
       <c r="N16" s="6">
         <v>0</v>
       </c>
       <c r="O16" s="5" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="17" spans="1:15">
       <c r="A17" s="5">
         <v>15</v>
       </c>
       <c r="B17" s="5" t="s">
         <v>35</v>
       </c>
       <c r="C17" s="5"/>
       <c r="D17" s="5"/>
       <c r="E17" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F17" s="5" t="s">
         <v>18</v>
       </c>
       <c r="G17" s="6"/>
       <c r="H17" s="6">
-        <v>65</v>
+        <v>45</v>
       </c>
       <c r="I17" s="6">
         <v>0</v>
       </c>
       <c r="J17" s="6">
-        <v>65</v>
+        <v>45</v>
       </c>
       <c r="K17" s="5"/>
       <c r="L17" s="5" t="s">
         <v>19</v>
       </c>
       <c r="M17" s="7" t="s">
         <v>20</v>
       </c>
       <c r="N17" s="6">
         <v>0</v>
       </c>
       <c r="O17" s="5" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="18" spans="1:15">
       <c r="A18" s="5">
         <v>16</v>
       </c>
       <c r="B18" s="5" t="s">
         <v>36</v>
       </c>
       <c r="C18" s="5"/>
       <c r="D18" s="5"/>
       <c r="E18" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F18" s="5" t="s">
         <v>18</v>
       </c>
       <c r="G18" s="6"/>
       <c r="H18" s="6">
-        <v>75</v>
+        <v>1</v>
       </c>
       <c r="I18" s="6">
         <v>0</v>
       </c>
-      <c r="J18" s="6">
-[...1 lines deleted...]
-      </c>
+      <c r="J18" s="6"/>
       <c r="K18" s="5"/>
       <c r="L18" s="5" t="s">
         <v>19</v>
       </c>
       <c r="M18" s="7" t="s">
         <v>20</v>
       </c>
       <c r="N18" s="6">
         <v>0</v>
       </c>
       <c r="O18" s="5" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="19" spans="1:15">
       <c r="A19" s="5">
         <v>17</v>
       </c>
       <c r="B19" s="5" t="s">
         <v>37</v>
       </c>
       <c r="C19" s="5"/>
       <c r="D19" s="5"/>
       <c r="E19" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F19" s="5" t="s">
         <v>18</v>
       </c>
       <c r="G19" s="6"/>
       <c r="H19" s="6">
-        <v>10</v>
+        <v>26</v>
       </c>
       <c r="I19" s="6">
         <v>0</v>
       </c>
       <c r="J19" s="6">
-        <v>10</v>
+        <v>26</v>
       </c>
       <c r="K19" s="5"/>
       <c r="L19" s="5" t="s">
         <v>19</v>
       </c>
       <c r="M19" s="7" t="s">
         <v>20</v>
       </c>
       <c r="N19" s="6">
         <v>0</v>
       </c>
       <c r="O19" s="5" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="20" spans="1:15">
       <c r="A20" s="5">
         <v>18</v>
       </c>
       <c r="B20" s="5" t="s">
         <v>38</v>
       </c>
       <c r="C20" s="5"/>
       <c r="D20" s="5"/>
       <c r="E20" s="5" t="s">